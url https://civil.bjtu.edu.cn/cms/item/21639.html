--- v0 (2025-10-28)
+++ v1 (2026-03-27)
@@ -1,1214 +1,994 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00F311C6" w:rsidRPr="00503926" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+    <w:p w14:paraId="034EFA28">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00503926">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>不上账说明</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00503926" w:rsidRDefault="00503926" w:rsidP="00503926">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="20AC15C5">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="420"/>
+        <w:ind w:firstLine="420" w:firstLineChars="200"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00606C9C" w:rsidRPr="00993538" w:rsidRDefault="00637B46" w:rsidP="00993538">
+    <w:p w14:paraId="7BC613C4">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="560"/>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00993538">
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>（</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:t xml:space="preserve">（教师姓名 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>教师姓名</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>工号）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>因</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>（写购买原因）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>需购买</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>（写物品名称）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>，总价合计</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>工</w:t>
-[...82 lines deleted...]
-        </w:rPr>
         <w:t>（写全部不上账物品总价）</w:t>
       </w:r>
-      <w:r w:rsidR="00503926" w:rsidRPr="00993538">
-[...13 lines deleted...]
-        <w:t>具体信息如下。</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>元，具体信息如下。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+    <w:p w14:paraId="77B25F41"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="3"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1632"/>
         <w:gridCol w:w="1665"/>
         <w:gridCol w:w="1715"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00606C9C" w:rsidTr="00DD5528">
+      <w:tr w14:paraId="1DC56CAC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+          <w:p w14:paraId="4C82F097">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>序号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+          <w:p w14:paraId="2DFA2D9C">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>名称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+          <w:p w14:paraId="759121CD">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+          <w:p w14:paraId="7A31CB7F">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>单价</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+          <w:p w14:paraId="7558E9D7">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>总价</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606C9C" w:rsidTr="00DD5528">
+      <w:tr w14:paraId="39E43FF5">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+          <w:p w14:paraId="2B0E798B">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="0EF98486"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="1ABDCBE1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="6C403DF3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="3ECBFD57"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606C9C" w:rsidTr="00DD5528">
+      <w:tr w14:paraId="7F6DBD66">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C">
+          <w:p w14:paraId="2E879638">
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="20669531"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1632" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="295450F6"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="3E3FD381"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
+          <w:p w14:paraId="2D3856B8"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00606C9C" w:rsidRDefault="00606C9C" w:rsidP="00606C9C"/>
-    <w:p w:rsidR="00606C9C" w:rsidRPr="00993538" w:rsidRDefault="00606C9C" w:rsidP="00993538">
+    <w:p w14:paraId="0B1CED0A"/>
+    <w:p w14:paraId="56053B80">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="560"/>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00993538">
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>由于</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993538">
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>（写不能上账的原因</w:t>
-[...4 lines deleted...]
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:t>（写不能上账的原因，原因须充分具体有说服力）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>，不作为固定资产上账，费用从</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>，原因须充分具体有说服力</w:t>
-[...4 lines deleted...]
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:t>（写项目名称）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>账号</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>）</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t>（写科研项目的财务账号）</w:t>
       </w:r>
-      <w:r w:rsidR="00503926" w:rsidRPr="00993538">
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>支出，特此说明。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00503926" w:rsidRDefault="00503926" w:rsidP="00606C9C"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00503926" w:rsidRPr="00993538" w:rsidRDefault="00503926" w:rsidP="00503926">
+    <w:p w14:paraId="3339DD55"/>
+    <w:p w14:paraId="04956FB5"/>
+    <w:p w14:paraId="3DB7517F"/>
+    <w:p w14:paraId="5832D3B7"/>
+    <w:p w14:paraId="5EA4228F"/>
+    <w:p w14:paraId="1AACDE21"/>
+    <w:p w14:paraId="2ABD8C56">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00993538">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">项目负责人签字：        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00503926" w:rsidRPr="00993538" w:rsidRDefault="00503926" w:rsidP="00606C9C">
+    <w:p w14:paraId="3CAE3BFA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00503926" w:rsidRPr="00993538" w:rsidRDefault="00503926" w:rsidP="00503926">
+    <w:p w14:paraId="6B7B6270">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00993538">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">主管领导签字：         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00503926" w:rsidRPr="00993538" w:rsidRDefault="00503926" w:rsidP="00606C9C">
+    <w:p w14:paraId="02E4E265">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00503926" w:rsidRDefault="00503926" w:rsidP="00503926">
+    <w:p w14:paraId="1E991504">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00993538">
-[...45 lines deleted...]
-        <w:t>日</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   年    月    日</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD5528" w:rsidRPr="00993538" w:rsidRDefault="00DD5528" w:rsidP="00503926">
+    <w:p w14:paraId="50EBBFEE">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DD5528" w:rsidRPr="00993538">
+    <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
-      <w:cols w:space="425"/>
-      <w:docGrid w:type="lines" w:linePitch="312"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...14 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="110"/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F15D0"/>
     <w:rsid w:val="004F15D0"/>
     <w:rsid w:val="00503926"/>
     <w:rsid w:val="00606C9C"/>
     <w:rsid w:val="00637B46"/>
     <w:rsid w:val="00993538"/>
     <w:rsid w:val="00DD5528"/>
     <w:rsid w:val="00F311C6"/>
+    <w:rsid w:val="5ED22EB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...8 lines deleted...]
-  <w15:docId w15:val="{49F98A6F-C56F-4D13-86BE-90FEACF9664C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="59" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="4">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="2">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...5 lines deleted...]
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="table" w:styleId="3">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="2"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00606C9C"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1448,63 +1228,68 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>33</Words>
-[...2 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <Words>156</Words>
+  <Characters>156</Characters>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>221</CharactersWithSpaces>
-[...2 lines deleted...]
-  <AppVersion></AppVersion>
+  <CharactersWithSpaces>186</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.25225_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>lenovo</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOTemplateDocerSaveRecord">
+    <vt:lpwstr>eyJoZGlkIjoiMTg3M2E4MjRjMThjNjk5MmJkYWFkMTc2NTI1ZDMyZTEiLCJ1c2VySWQiOiIzODY5NDI4MDMifQ==</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.25225</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
+    <vt:lpwstr>A8DCAE445BB34AB6831CDDE0E3511572_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>